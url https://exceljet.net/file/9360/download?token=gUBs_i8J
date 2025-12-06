--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -16,91 +16,93 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Mac\Dropbox\excel\production\formulas\text\split text to array\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Mac\Dropbox\excel\production\formulas\text\split comma separated text to multiple columns\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0B5625E1-EA6A-449C-9CFB-68F26F7A54ED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{134F7D86-A3F9-4EE8-8737-6F731791BDD1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="22680" windowHeight="13530" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="4" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
     <sheet name="Sheet4" sheetId="5" r:id="rId4"/>
-    <sheet name="Sheet5" sheetId="2" r:id="rId5"/>
-    <sheet name="Sheet6" sheetId="6" r:id="rId6"/>
+    <sheet name="Sheet5" sheetId="7" r:id="rId5"/>
+    <sheet name="Sheet6" sheetId="2" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="32767"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D5" i="5" l="1" a="1"/>
+  <c r="D5" i="7" l="1" a="1"/>
+  <c r="D5" i="7"/>
+  <c r="D5" i="5" a="1"/>
   <c r="D5" i="5"/>
   <c r="D5" i="4" a="1"/>
   <c r="D5" i="4"/>
   <c r="D5" i="3" a="1"/>
   <c r="D5" i="3"/>
   <c r="D6" i="3" a="1"/>
   <c r="D6" i="3"/>
   <c r="D7" i="3" a="1"/>
   <c r="D7" i="3"/>
   <c r="D8" i="3" a="1"/>
   <c r="D8" i="3"/>
   <c r="D9" i="3" a="1"/>
   <c r="D9" i="3"/>
   <c r="D10" i="3" a="1"/>
   <c r="D10" i="3"/>
   <c r="D11" i="3" a="1"/>
   <c r="D11" i="3"/>
   <c r="D12" i="3" a="1"/>
   <c r="D12" i="3"/>
   <c r="D13" i="3" a="1"/>
   <c r="D13" i="3"/>
   <c r="D14" i="3" a="1"/>
   <c r="D14" i="3"/>
   <c r="D15" i="3" a="1"/>
   <c r="D15" i="3"/>
@@ -110,73 +112,73 @@
   <c r="D15" i="2"/>
   <c r="D14" i="2" a="1"/>
   <c r="D14" i="2"/>
   <c r="D13" i="2" a="1"/>
   <c r="D13" i="2"/>
   <c r="D12" i="2" a="1"/>
   <c r="D12" i="2"/>
   <c r="D11" i="2" a="1"/>
   <c r="D11" i="2"/>
   <c r="D10" i="2" a="1"/>
   <c r="D10" i="2"/>
   <c r="D9" i="2" a="1"/>
   <c r="D9" i="2"/>
   <c r="D8" i="2" a="1"/>
   <c r="D8" i="2"/>
   <c r="D7" i="2" a="1"/>
   <c r="D7" i="2"/>
   <c r="D6" i="2" a="1"/>
   <c r="D6" i="2"/>
   <c r="D5" i="2" a="1"/>
   <c r="D5" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
-<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="149" uniqueCount="25">
   <si>
     <t>First</t>
   </si>
   <si>
     <t>Last</t>
   </si>
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Text</t>
   </si>
   <si>
     <t>Jason,Chang,40,Atlanta,GA</t>
   </si>
   <si>
     <t>Emily,Harris,38,Denver,CO</t>
   </si>
   <si>
@@ -203,87 +205,54 @@
   <si>
     <t>Timothy,Sanders,50,Austin,TX</t>
   </si>
   <si>
     <t>Jordan,Smith,31,St. Paul,MN</t>
   </si>
   <si>
     <t>Split comma-separated text to multiple columns</t>
   </si>
   <si>
     <t>Split comma-separated text to multiple columns (single row)</t>
   </si>
   <si>
     <t>Split comma-separated text to multiple columns (dynamic range)</t>
   </si>
   <si>
     <t>Joe,Smith,48,Duluth,MN</t>
   </si>
   <si>
     <t>Split comma-separated text to multiple columns (legacy formula)</t>
   </si>
   <si>
     <t>Split comma-separated text to multiple columns (choose columns)</t>
   </si>
   <si>
-    <t>More data</t>
+    <t>Read full article here</t>
   </si>
   <si>
-    <t>Sara,Jones,32,Portland,OR</t>
-[...32 lines deleted...]
-    <t>Read full article here</t>
+    <t>Split comma-separated text to multiple columns (TEXTJOIN + TEXTSPLIT)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -465,321 +434,321 @@
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://exceljet.net/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://exceljet.net/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>207264</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>3048</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="ExcelJet Logo">
+        <xdr:cNvPr id="6" name="Picture 5" descr="ExcelJet Logo">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{254DAD31-DB8C-BF87-5319-CFF7B48628FD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F8B1241-EF1E-3438-ED8B-21EBE0FA95F1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7353300" y="571500"/>
           <a:ext cx="1578864" cy="384048"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>207264</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>3048</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="ExcelJet Logo">
+        <xdr:cNvPr id="6" name="Picture 5" descr="ExcelJet Logo">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9543A9C-6AC8-BAD2-6BAD-F43258BEBBE2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9182BDB-9325-207C-7E4F-E2CB59C06F66}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7353300" y="571500"/>
           <a:ext cx="1578864" cy="384048"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>207264</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>3048</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="ExcelJet Logo">
+        <xdr:cNvPr id="6" name="Picture 5" descr="ExcelJet Logo">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E66ECB2-47FF-74CE-2F37-CF323F4C9757}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6CBB904-5BC2-538F-19C5-E64A778F6106}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7353300" y="571500"/>
           <a:ext cx="1578864" cy="384048"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>207264</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>3048</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="ExcelJet Logo">
+        <xdr:cNvPr id="6" name="Picture 5" descr="ExcelJet Logo">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{148CCEAD-071C-7A5D-0AF2-C958851D4962}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07BD40D3-CFEC-738A-1F2C-3D123674595E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7486650" y="571500"/>
           <a:ext cx="1578864" cy="384048"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>207264</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>3048</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="ExcelJet Logo">
+        <xdr:cNvPr id="6" name="Picture 5" descr="ExcelJet Logo">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D91736B-EA18-B0A7-E934-8BDD7B4F951A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAD3CBCF-230A-1DC8-1402-4005946C7154}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7353300" y="571500"/>
           <a:ext cx="1578864" cy="384048"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>207264</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>3048</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="ExcelJet Logo">
+        <xdr:cNvPr id="6" name="Picture 5" descr="ExcelJet Logo">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C07134E-D62E-C9A5-EA49-A0B119E42014}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE753286-409E-5FEE-78A6-FFD690710EAD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="7943850" y="571500"/>
+          <a:off x="7353300" y="571500"/>
           <a:ext cx="1578864" cy="384048"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -1072,51 +1041,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://exceljet.net/formulas/split-comma-separated-values-to-multiple-columns" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://exceljet.net/formulas/split-comma-separated-values-to-multiple-columns" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://exceljet.net/formulas/split-comma-separated-values-to-multiple-columns" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://exceljet.net/formulas/split-comma-separated-values-to-multiple-columns" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://exceljet.net/formulas/split-comma-separated-values-to-multiple-columns" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:K15"/>
+  <dimension ref="B2:K16"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="125" workbookViewId="0">
       <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.625" style="2" customWidth="1"/>
     <col min="2" max="2" width="26.625" style="2" customWidth="1"/>
     <col min="3" max="3" width="5.625" style="2" customWidth="1"/>
     <col min="4" max="8" width="8.125" style="2" customWidth="1"/>
     <col min="9" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>0</v>
@@ -1153,51 +1122,51 @@
       </c>
       <c r="H5" s="6" t="str">
         <v>WA</v>
       </c>
     </row>
     <row r="6" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="6" t="str">
         <v>Aya</v>
       </c>
       <c r="E6" s="6" t="str">
         <v>Shizuoka</v>
       </c>
       <c r="F6" s="7" t="str">
         <v>27</v>
       </c>
       <c r="G6" s="6" t="str">
         <v>Portland</v>
       </c>
       <c r="H6" s="6" t="str">
         <v>OR</v>
       </c>
       <c r="K6" s="8" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="6" t="str">
         <v>Janice</v>
       </c>
       <c r="E7" s="6" t="str">
         <v>Drexel</v>
       </c>
       <c r="F7" s="7" t="str">
         <v>41</v>
       </c>
       <c r="G7" s="6" t="str">
         <v>Alta</v>
       </c>
       <c r="H7" s="6" t="str">
         <v>WY</v>
       </c>
     </row>
     <row r="8" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B8" s="6" t="s">
         <v>14</v>
@@ -1216,70 +1185,70 @@
       </c>
       <c r="H8" s="6" t="str">
         <v>UT</v>
       </c>
     </row>
     <row r="9" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="6" t="str">
         <v>Timothy</v>
       </c>
       <c r="E9" s="6" t="str">
         <v>Sanders</v>
       </c>
       <c r="F9" s="7" t="str">
         <v>50</v>
       </c>
       <c r="G9" s="6" t="str">
         <v>Austin</v>
       </c>
       <c r="H9" s="6" t="str">
         <v>TX</v>
       </c>
     </row>
-    <row r="10" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="6" t="str">
         <v>Jordan</v>
       </c>
       <c r="E10" s="6" t="str">
         <v>Smith</v>
       </c>
       <c r="F10" s="7" t="str">
         <v>31</v>
       </c>
       <c r="G10" s="6" t="str">
         <v>St. Paul</v>
       </c>
       <c r="H10" s="6" t="str">
         <v>MN</v>
       </c>
-      <c r="K10" s="2" t="s">
+      <c r="K10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="6" t="str">
         <v>Jason</v>
       </c>
       <c r="E11" s="6" t="str">
         <v>Chang</v>
       </c>
       <c r="F11" s="7" t="str">
         <v>40</v>
       </c>
       <c r="G11" s="6" t="str">
         <v>Atlanta</v>
       </c>
       <c r="H11" s="6" t="str">
         <v>GA</v>
       </c>
       <c r="K11" s="8" t="s">
         <v>19</v>
       </c>
@@ -1328,85 +1297,88 @@
       </c>
       <c r="K13" s="8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="6" t="str">
         <v>Kelly</v>
       </c>
       <c r="E14" s="6" t="str">
         <v>Grady</v>
       </c>
       <c r="F14" s="7" t="str">
         <v>29</v>
       </c>
       <c r="G14" s="6" t="str">
         <v>El Paso</v>
       </c>
       <c r="H14" s="6" t="str">
         <v>TX</v>
       </c>
       <c r="K14" s="8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="6" t="str">
         <v>Walter</v>
       </c>
       <c r="E15" s="6" t="str">
         <v>Brown</v>
       </c>
       <c r="F15" s="7" t="str">
         <v>55</v>
       </c>
       <c r="G15" s="6" t="str">
         <v>Santa Fe</v>
       </c>
       <c r="H15" s="6" t="str">
         <v>NM</v>
       </c>
       <c r="K15" s="8" t="s">
-        <v>23</v>
-      </c>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="16" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="K16"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="K6" r:id="rId1" xr:uid="{ADF05775-02C6-45A8-B289-6BBD4C633A1A}"/>
-[...4 lines deleted...]
-    <hyperlink ref="K15" location="'Sheet6'!$D$5" display="More data" xr:uid="{8151E132-22E6-44E7-8D4D-84F32203629A}"/>
+    <hyperlink ref="K6" r:id="rId1" xr:uid="{71E94C0C-6DCA-4A5F-9C37-8000C75017DE}"/>
+    <hyperlink ref="K11" location="'Sheet2'!$D$5" display="Split comma-separated text to multiple columns (dynamic range)" xr:uid="{581F0F4A-5C5C-48A7-9F9A-D72841D93F18}"/>
+    <hyperlink ref="K12" location="'Sheet3'!$D$5" display="Split comma-separated text to multiple columns (single row)" xr:uid="{2017C90F-D6E8-43F5-9FD6-4DBD8260B470}"/>
+    <hyperlink ref="K13" location="'Sheet4'!$D$5" display="Split comma-separated text to multiple columns (choose columns)" xr:uid="{61F5488D-9F58-4755-B1C6-8DC0417DAA1E}"/>
+    <hyperlink ref="K14" location="'Sheet5'!$D$5" display="Split comma-separated text to multiple columns (TEXTJOIN + TEXTSPLIT)" xr:uid="{F1829108-9D66-4020-AE08-5A0F981F3349}"/>
+    <hyperlink ref="K15" location="'Sheet6'!$D$5" display="Split comma-separated text to multiple columns (legacy formula)" xr:uid="{E98E2407-E5B1-4A3D-B63B-9AED7106EF44}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB689280-C48E-4275-879C-F611FCCCBB65}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:K16"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScalePageLayoutView="125" workbookViewId="0">
       <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.625" style="2" customWidth="1"/>
     <col min="2" max="2" width="26.625" style="2" customWidth="1"/>
     <col min="3" max="3" width="5.625" style="2" customWidth="1"/>
     <col min="4" max="8" width="8.125" style="2" customWidth="1"/>
     <col min="9" max="16384" width="9" style="2"/>
@@ -1456,51 +1428,51 @@
       </c>
       <c r="H5" s="6" t="str">
         <v>WA</v>
       </c>
     </row>
     <row r="6" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="6" t="str">
         <v>Aya</v>
       </c>
       <c r="E6" s="6" t="str">
         <v>Shizuoka</v>
       </c>
       <c r="F6" s="7" t="str">
         <v>27</v>
       </c>
       <c r="G6" s="6" t="str">
         <v>Portland</v>
       </c>
       <c r="H6" s="6" t="str">
         <v>OR</v>
       </c>
       <c r="K6" s="8" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="6" t="str">
         <v>Janice</v>
       </c>
       <c r="E7" s="6" t="str">
         <v>Drexel</v>
       </c>
       <c r="F7" s="7" t="str">
         <v>41</v>
       </c>
       <c r="G7" s="6" t="str">
         <v>Alta</v>
       </c>
       <c r="H7" s="6" t="str">
         <v>WY</v>
       </c>
     </row>
     <row r="8" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B8" s="6" t="s">
         <v>14</v>
@@ -1542,70 +1514,70 @@
       </c>
     </row>
     <row r="10" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="6" t="str">
         <v>Jordan</v>
       </c>
       <c r="E10" s="6" t="str">
         <v>Smith</v>
       </c>
       <c r="F10" s="7" t="str">
         <v>31</v>
       </c>
       <c r="G10" s="6" t="str">
         <v>St. Paul</v>
       </c>
       <c r="H10" s="6" t="str">
         <v>MN</v>
       </c>
       <c r="K10" s="8" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="11" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="6" t="str">
         <v>Jason</v>
       </c>
       <c r="E11" s="6" t="str">
         <v>Chang</v>
       </c>
       <c r="F11" s="7" t="str">
         <v>40</v>
       </c>
       <c r="G11" s="6" t="str">
         <v>Atlanta</v>
       </c>
       <c r="H11" s="6" t="str">
         <v>GA</v>
       </c>
-      <c r="K11" s="2" t="s">
+      <c r="K11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="6" t="str">
         <v>Emily</v>
       </c>
       <c r="E12" s="6" t="str">
         <v>Harris</v>
       </c>
       <c r="F12" s="7" t="str">
         <v>38</v>
       </c>
       <c r="G12" s="6" t="str">
         <v>Denver</v>
       </c>
       <c r="H12" s="6" t="str">
         <v>CO</v>
       </c>
       <c r="K12" s="8" t="s">
         <v>18</v>
       </c>
@@ -1631,117 +1603,118 @@
       </c>
       <c r="K13" s="8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="6" t="str">
         <v>Kelly</v>
       </c>
       <c r="E14" s="6" t="str">
         <v>Grady</v>
       </c>
       <c r="F14" s="7" t="str">
         <v>29</v>
       </c>
       <c r="G14" s="6" t="str">
         <v>El Paso</v>
       </c>
       <c r="H14" s="6" t="str">
         <v>TX</v>
       </c>
       <c r="K14" s="8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="6" t="str">
         <v>Walter</v>
       </c>
       <c r="E15" s="6" t="str">
         <v>Brown</v>
       </c>
       <c r="F15" s="7" t="str">
         <v>55</v>
       </c>
       <c r="G15" s="6" t="str">
         <v>Santa Fe</v>
       </c>
       <c r="H15" s="6" t="str">
         <v>NM</v>
       </c>
       <c r="K15" s="8" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:11" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="16" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B16" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="6" t="str">
         <v>Joe</v>
       </c>
       <c r="E16" s="6" t="str">
         <v>Smith</v>
       </c>
       <c r="F16" s="7" t="str">
         <v>48</v>
       </c>
       <c r="G16" s="6" t="str">
         <v>Duluth</v>
       </c>
       <c r="H16" s="6" t="str">
         <v>MN</v>
       </c>
+      <c r="K16"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="K6" r:id="rId1" xr:uid="{4DDF790C-A3BB-4BBE-B3B1-B750E55B9022}"/>
-[...4 lines deleted...]
-    <hyperlink ref="K15" location="'Sheet6'!$D$5" display="More data" xr:uid="{7A6C08DA-D5DE-4B5C-BB64-4A4AE5DBF1EE}"/>
+    <hyperlink ref="K6" r:id="rId1" xr:uid="{0561A07A-7F94-42EA-9BB8-A4D20646F5B1}"/>
+    <hyperlink ref="K10" location="'Sheet1'!$D$5" display="Split comma-separated text to multiple columns" xr:uid="{59DBEC1A-1889-48A6-9908-1B5F07FFEF77}"/>
+    <hyperlink ref="K12" location="'Sheet3'!$D$5" display="Split comma-separated text to multiple columns (single row)" xr:uid="{83F5E33A-4161-43D3-8AF3-E6C871E8FF0B}"/>
+    <hyperlink ref="K13" location="'Sheet4'!$D$5" display="Split comma-separated text to multiple columns (choose columns)" xr:uid="{52A06912-6A12-4E2A-B0B6-CCF39458FC89}"/>
+    <hyperlink ref="K14" location="'Sheet5'!$D$5" display="Split comma-separated text to multiple columns (TEXTJOIN + TEXTSPLIT)" xr:uid="{7A89984C-6097-40DD-8BE1-7EDE24BB048B}"/>
+    <hyperlink ref="K15" location="'Sheet6'!$D$5" display="Split comma-separated text to multiple columns (legacy formula)" xr:uid="{3AB5E7E5-6E82-45C8-9924-2CE55A33F15F}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{58BBC2A3-D7FA-4E6E-93FF-2FD359B77751}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:K15"/>
+  <dimension ref="B2:K16"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScalePageLayoutView="125" workbookViewId="0">
       <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.625" style="2" customWidth="1"/>
     <col min="2" max="2" width="26.625" style="2" customWidth="1"/>
     <col min="3" max="3" width="5.625" style="2" customWidth="1"/>
     <col min="4" max="8" width="8.125" style="2" customWidth="1"/>
     <col min="9" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>0</v>
@@ -1779,51 +1752,51 @@
       <c r="H5" s="6" t="str">
         <v>WA</v>
       </c>
     </row>
     <row r="6" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="6" t="str" cm="1">
         <f t="array" ref="D6:H6">_xlfn.TEXTSPLIT(B6,",")</f>
         <v>Aya</v>
       </c>
       <c r="E6" s="6" t="str">
         <v>Shizuoka</v>
       </c>
       <c r="F6" s="7" t="str">
         <v>27</v>
       </c>
       <c r="G6" s="6" t="str">
         <v>Portland</v>
       </c>
       <c r="H6" s="6" t="str">
         <v>OR</v>
       </c>
       <c r="K6" s="8" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="6" t="str" cm="1">
         <f t="array" ref="D7:H7">_xlfn.TEXTSPLIT(B7,",")</f>
         <v>Janice</v>
       </c>
       <c r="E7" s="6" t="str">
         <v>Drexel</v>
       </c>
       <c r="F7" s="7" t="str">
         <v>41</v>
       </c>
       <c r="G7" s="6" t="str">
         <v>Alta</v>
       </c>
       <c r="H7" s="6" t="str">
         <v>WY</v>
       </c>
     </row>
     <row r="8" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B8" s="6" t="s">
@@ -1893,167 +1866,170 @@
     </row>
     <row r="11" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="6" t="str" cm="1">
         <f t="array" ref="D11:H11">_xlfn.TEXTSPLIT(B11,",")</f>
         <v>Jason</v>
       </c>
       <c r="E11" s="6" t="str">
         <v>Chang</v>
       </c>
       <c r="F11" s="7" t="str">
         <v>40</v>
       </c>
       <c r="G11" s="6" t="str">
         <v>Atlanta</v>
       </c>
       <c r="H11" s="6" t="str">
         <v>GA</v>
       </c>
       <c r="K11" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="12" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="6" t="str" cm="1">
         <f t="array" ref="D12:H12">_xlfn.TEXTSPLIT(B12,",")</f>
         <v>Emily</v>
       </c>
       <c r="E12" s="6" t="str">
         <v>Harris</v>
       </c>
       <c r="F12" s="7" t="str">
         <v>38</v>
       </c>
       <c r="G12" s="6" t="str">
         <v>Denver</v>
       </c>
       <c r="H12" s="6" t="str">
         <v>CO</v>
       </c>
-      <c r="K12" s="2" t="s">
+      <c r="K12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="6" t="str" cm="1">
         <f t="array" ref="D13:H13">_xlfn.TEXTSPLIT(B13,",")</f>
         <v>Yuki</v>
       </c>
       <c r="E13" s="6" t="str">
         <v>Nomura</v>
       </c>
       <c r="F13" s="7" t="str">
         <v>35</v>
       </c>
       <c r="G13" s="6" t="str">
         <v>Boise</v>
       </c>
       <c r="H13" s="6" t="str">
         <v>ID</v>
       </c>
       <c r="K13" s="8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="6" t="str" cm="1">
         <f t="array" ref="D14:H14">_xlfn.TEXTSPLIT(B14,",")</f>
         <v>Kelly</v>
       </c>
       <c r="E14" s="6" t="str">
         <v>Grady</v>
       </c>
       <c r="F14" s="7" t="str">
         <v>29</v>
       </c>
       <c r="G14" s="6" t="str">
         <v>El Paso</v>
       </c>
       <c r="H14" s="6" t="str">
         <v>TX</v>
       </c>
       <c r="K14" s="8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="6" t="str" cm="1">
         <f t="array" ref="D15:H15">_xlfn.TEXTSPLIT(B15,",")</f>
         <v>Walter</v>
       </c>
       <c r="E15" s="6" t="str">
         <v>Brown</v>
       </c>
       <c r="F15" s="7" t="str">
         <v>55</v>
       </c>
       <c r="G15" s="6" t="str">
         <v>Santa Fe</v>
       </c>
       <c r="H15" s="6" t="str">
         <v>NM</v>
       </c>
       <c r="K15" s="8" t="s">
-        <v>23</v>
-      </c>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="16" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="K16"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="K6" r:id="rId1" xr:uid="{1A126BC6-27F1-4336-BAF3-1E9EEE1B5667}"/>
-[...4 lines deleted...]
-    <hyperlink ref="K15" location="'Sheet6'!$D$5" display="More data" xr:uid="{91511274-092F-4B5F-A427-5568C885309E}"/>
+    <hyperlink ref="K6" r:id="rId1" xr:uid="{9EBF5CFD-6241-49FB-AD96-7EF91A83EA90}"/>
+    <hyperlink ref="K10" location="'Sheet1'!$D$5" display="Split comma-separated text to multiple columns" xr:uid="{6675A795-9948-45FC-A308-084A6CF6D2F4}"/>
+    <hyperlink ref="K11" location="'Sheet2'!$D$5" display="Split comma-separated text to multiple columns (dynamic range)" xr:uid="{CA21D3FF-BC7A-43BB-AF39-36AE7FFB847F}"/>
+    <hyperlink ref="K13" location="'Sheet4'!$D$5" display="Split comma-separated text to multiple columns (choose columns)" xr:uid="{D2B433F0-01C0-47A7-B4E1-A434AE382A64}"/>
+    <hyperlink ref="K14" location="'Sheet5'!$D$5" display="Split comma-separated text to multiple columns (TEXTJOIN + TEXTSPLIT)" xr:uid="{B4DA3AF5-3D63-4D21-80A2-E1C0E66DBAA8}"/>
+    <hyperlink ref="K15" location="'Sheet6'!$D$5" display="Split comma-separated text to multiple columns (legacy formula)" xr:uid="{2028AB93-181D-4DF6-A48F-4B76CBFDB8D3}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7770FAEC-73D7-46EE-B6B8-B2AB30EA3239}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:K15"/>
+  <dimension ref="B2:K16"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScalePageLayoutView="125" workbookViewId="0">
       <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.625" style="2" customWidth="1"/>
     <col min="2" max="2" width="26.625" style="2" customWidth="1"/>
     <col min="3" max="3" width="5.625" style="2" customWidth="1"/>
     <col min="4" max="6" width="8.125" style="2" customWidth="1"/>
     <col min="7" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>0</v>
@@ -2076,51 +2052,51 @@
 _xlfn.CHOOSECOLS(_xlpm.result,{1,5,3})
 )</f>
         <v>Jim</v>
       </c>
       <c r="E5" s="6" t="str">
         <v>WA</v>
       </c>
       <c r="F5" s="7" t="str">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="6" t="str">
         <v>Aya</v>
       </c>
       <c r="E6" s="6" t="str">
         <v>OR</v>
       </c>
       <c r="F6" s="7" t="str">
         <v>27</v>
       </c>
       <c r="K6" s="8" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="6" t="str">
         <v>Janice</v>
       </c>
       <c r="E7" s="6" t="str">
         <v>WY</v>
       </c>
       <c r="F7" s="7" t="str">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B8" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="6" t="str">
         <v>Steve</v>
       </c>
       <c r="E8" s="6" t="str">
         <v>UT</v>
@@ -2172,122 +2148,430 @@
       </c>
       <c r="F11" s="7" t="str">
         <v>40</v>
       </c>
       <c r="K11" s="8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="6" t="str">
         <v>Emily</v>
       </c>
       <c r="E12" s="6" t="str">
         <v>CO</v>
       </c>
       <c r="F12" s="7" t="str">
         <v>38</v>
       </c>
       <c r="K12" s="8" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="13" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="6" t="str">
         <v>Yuki</v>
       </c>
       <c r="E13" s="6" t="str">
         <v>ID</v>
       </c>
       <c r="F13" s="7" t="str">
         <v>35</v>
       </c>
-      <c r="K13" s="2" t="s">
+      <c r="K13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="6" t="str">
         <v>Kelly</v>
       </c>
       <c r="E14" s="6" t="str">
         <v>TX</v>
       </c>
       <c r="F14" s="7" t="str">
         <v>29</v>
       </c>
       <c r="K14" s="8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="6" t="str">
         <v>Walter</v>
       </c>
       <c r="E15" s="6" t="str">
         <v>NM</v>
       </c>
       <c r="F15" s="7" t="str">
         <v>55</v>
       </c>
       <c r="K15" s="8" t="s">
-        <v>23</v>
-      </c>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="16" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="K16"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="K6" r:id="rId1" xr:uid="{7CBECE94-2214-4A76-9515-4E593A74FA5D}"/>
-[...4 lines deleted...]
-    <hyperlink ref="K15" location="'Sheet6'!$D$5" display="More data" xr:uid="{05EB33A4-99BE-4EF7-B16F-43077940F5EA}"/>
+    <hyperlink ref="K6" r:id="rId1" xr:uid="{873B1454-B5E2-4C42-89C0-9377FF88039C}"/>
+    <hyperlink ref="K10" location="'Sheet1'!$D$5" display="Split comma-separated text to multiple columns" xr:uid="{8FEAF684-6395-45E8-8F09-84368364360A}"/>
+    <hyperlink ref="K11" location="'Sheet2'!$D$5" display="Split comma-separated text to multiple columns (dynamic range)" xr:uid="{A58A3AD5-D2DF-4460-83B2-EAD1DDA18FB6}"/>
+    <hyperlink ref="K12" location="'Sheet3'!$D$5" display="Split comma-separated text to multiple columns (single row)" xr:uid="{10FDEADB-BC84-4255-B82C-DC8FF5A926E2}"/>
+    <hyperlink ref="K14" location="'Sheet5'!$D$5" display="Split comma-separated text to multiple columns (TEXTJOIN + TEXTSPLIT)" xr:uid="{B163AF72-9CAA-4DE5-B92A-00F8758056B7}"/>
+    <hyperlink ref="K15" location="'Sheet6'!$D$5" display="Split comma-separated text to multiple columns (legacy formula)" xr:uid="{2DAE1BE7-2561-4A7F-8CAB-83C5A0E3F372}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7DE1CC8B-37E2-443D-A53D-FA3FB68855AE}">
+  <sheetPr codeName="Sheet7">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B2:K16"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScalePageLayoutView="125" workbookViewId="0">
+      <selection activeCell="D5" sqref="D5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="5.625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="26.625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="5.625" style="2" customWidth="1"/>
+    <col min="4" max="8" width="8.125" style="2" customWidth="1"/>
+    <col min="9" max="16384" width="9" style="2"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B2" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B5" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="6" t="str" cm="1">
+        <f t="array" ref="D5:H15">_xlfn.TEXTSPLIT(_xlfn.TEXTJOIN(";",,B5:B15),",",";")</f>
+        <v>Jim</v>
+      </c>
+      <c r="E5" s="6" t="str">
+        <v>Brown</v>
+      </c>
+      <c r="F5" s="7" t="str">
+        <v>33</v>
+      </c>
+      <c r="G5" s="6" t="str">
+        <v>Seattle</v>
+      </c>
+      <c r="H5" s="6" t="str">
+        <v>WA</v>
+      </c>
+    </row>
+    <row r="6" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B6" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="6" t="str">
+        <v>Aya</v>
+      </c>
+      <c r="E6" s="6" t="str">
+        <v>Shizuoka</v>
+      </c>
+      <c r="F6" s="7" t="str">
+        <v>27</v>
+      </c>
+      <c r="G6" s="6" t="str">
+        <v>Portland</v>
+      </c>
+      <c r="H6" s="6" t="str">
+        <v>OR</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="7" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B7" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" s="6" t="str">
+        <v>Janice</v>
+      </c>
+      <c r="E7" s="6" t="str">
+        <v>Drexel</v>
+      </c>
+      <c r="F7" s="7" t="str">
+        <v>41</v>
+      </c>
+      <c r="G7" s="6" t="str">
+        <v>Alta</v>
+      </c>
+      <c r="H7" s="6" t="str">
+        <v>WY</v>
+      </c>
+    </row>
+    <row r="8" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B8" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="6" t="str">
+        <v>Steve</v>
+      </c>
+      <c r="E8" s="6" t="str">
+        <v>Malloy</v>
+      </c>
+      <c r="F8" s="7" t="str">
+        <v>37</v>
+      </c>
+      <c r="G8" s="6" t="str">
+        <v>Moab</v>
+      </c>
+      <c r="H8" s="6" t="str">
+        <v>UT</v>
+      </c>
+    </row>
+    <row r="9" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B9" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="6" t="str">
+        <v>Timothy</v>
+      </c>
+      <c r="E9" s="6" t="str">
+        <v>Sanders</v>
+      </c>
+      <c r="F9" s="7" t="str">
+        <v>50</v>
+      </c>
+      <c r="G9" s="6" t="str">
+        <v>Austin</v>
+      </c>
+      <c r="H9" s="6" t="str">
+        <v>TX</v>
+      </c>
+    </row>
+    <row r="10" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B10" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="6" t="str">
+        <v>Jordan</v>
+      </c>
+      <c r="E10" s="6" t="str">
+        <v>Smith</v>
+      </c>
+      <c r="F10" s="7" t="str">
+        <v>31</v>
+      </c>
+      <c r="G10" s="6" t="str">
+        <v>St. Paul</v>
+      </c>
+      <c r="H10" s="6" t="str">
+        <v>MN</v>
+      </c>
+      <c r="K10" s="8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B11" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="D11" s="6" t="str">
+        <v>Jason</v>
+      </c>
+      <c r="E11" s="6" t="str">
+        <v>Chang</v>
+      </c>
+      <c r="F11" s="7" t="str">
+        <v>40</v>
+      </c>
+      <c r="G11" s="6" t="str">
+        <v>Atlanta</v>
+      </c>
+      <c r="H11" s="6" t="str">
+        <v>GA</v>
+      </c>
+      <c r="K11" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B12" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D12" s="6" t="str">
+        <v>Emily</v>
+      </c>
+      <c r="E12" s="6" t="str">
+        <v>Harris</v>
+      </c>
+      <c r="F12" s="7" t="str">
+        <v>38</v>
+      </c>
+      <c r="G12" s="6" t="str">
+        <v>Denver</v>
+      </c>
+      <c r="H12" s="6" t="str">
+        <v>CO</v>
+      </c>
+      <c r="K12" s="8" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B13" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="6" t="str">
+        <v>Yuki</v>
+      </c>
+      <c r="E13" s="6" t="str">
+        <v>Nomura</v>
+      </c>
+      <c r="F13" s="7" t="str">
+        <v>35</v>
+      </c>
+      <c r="G13" s="6" t="str">
+        <v>Boise</v>
+      </c>
+      <c r="H13" s="6" t="str">
+        <v>ID</v>
+      </c>
+      <c r="K13" s="8" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="14" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B14" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="6" t="str">
+        <v>Kelly</v>
+      </c>
+      <c r="E14" s="6" t="str">
+        <v>Grady</v>
+      </c>
+      <c r="F14" s="7" t="str">
+        <v>29</v>
+      </c>
+      <c r="G14" s="6" t="str">
+        <v>El Paso</v>
+      </c>
+      <c r="H14" s="6" t="str">
+        <v>TX</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="15" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B15" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" s="6" t="str">
+        <v>Walter</v>
+      </c>
+      <c r="E15" s="6" t="str">
+        <v>Brown</v>
+      </c>
+      <c r="F15" s="7" t="str">
+        <v>55</v>
+      </c>
+      <c r="G15" s="6" t="str">
+        <v>Santa Fe</v>
+      </c>
+      <c r="H15" s="6" t="str">
+        <v>NM</v>
+      </c>
+      <c r="K15" s="8" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="16" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="K16"/>
+    </row>
+  </sheetData>
+  <hyperlinks>
+    <hyperlink ref="K6" r:id="rId1" xr:uid="{A8D4E15C-1706-4B6F-8567-C48F3A46C568}"/>
+    <hyperlink ref="K10" location="'Sheet1'!$D$5" display="Split comma-separated text to multiple columns" xr:uid="{9E582177-1236-489A-9871-568DD026D290}"/>
+    <hyperlink ref="K11" location="'Sheet2'!$D$5" display="Split comma-separated text to multiple columns (dynamic range)" xr:uid="{8A0E9029-06ED-4EB1-9DBE-876DC88B681A}"/>
+    <hyperlink ref="K12" location="'Sheet3'!$D$5" display="Split comma-separated text to multiple columns (single row)" xr:uid="{84AACE1C-EB2D-4FA0-B1E7-2EC4202BDF66}"/>
+    <hyperlink ref="K13" location="'Sheet4'!$D$5" display="Split comma-separated text to multiple columns (choose columns)" xr:uid="{5D89F80C-B3A0-4841-8C1A-D34316979501}"/>
+    <hyperlink ref="K15" location="'Sheet6'!$D$5" display="Split comma-separated text to multiple columns (legacy formula)" xr:uid="{711CDD97-A8BB-4DE6-B176-FA2BA19AFCF6}"/>
+  </hyperlinks>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId2"/>
+  <drawing r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D6782989-8BFA-4326-A689-57A0FEC20DE5}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:K15"/>
+  <dimension ref="B2:K16"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScalePageLayoutView="125" workbookViewId="0">
       <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.625" style="2" customWidth="1"/>
     <col min="2" max="2" width="26.625" style="2" customWidth="1"/>
     <col min="3" max="3" width="5.625" style="2" customWidth="1"/>
     <col min="4" max="8" width="8.125" style="2" customWidth="1"/>
     <col min="9" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>0</v>
@@ -2325,51 +2609,51 @@
       <c r="H5" s="6" t="str">
         <v>WA</v>
       </c>
     </row>
     <row r="6" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="6" t="str" cm="1">
         <f t="array" ref="D6:H6">TRANSPOSE(_xlfn.FILTERXML("&lt;x&gt;&lt;y&gt;"&amp;SUBSTITUTE(B6,",","&lt;/y&gt;&lt;y&gt;")&amp;"&lt;/y&gt;&lt;/x&gt;","//y"))</f>
         <v>Aya</v>
       </c>
       <c r="E6" s="6" t="str">
         <v>Shizuoka</v>
       </c>
       <c r="F6" s="7">
         <v>27</v>
       </c>
       <c r="G6" s="6" t="str">
         <v>Portland</v>
       </c>
       <c r="H6" s="6" t="str">
         <v>OR</v>
       </c>
       <c r="K6" s="8" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="6" t="str" cm="1">
         <f t="array" ref="D7:H7">TRANSPOSE(_xlfn.FILTERXML("&lt;x&gt;&lt;y&gt;"&amp;SUBSTITUTE(B7,",","&lt;/y&gt;&lt;y&gt;")&amp;"&lt;/y&gt;&lt;/x&gt;","//y"))</f>
         <v>Janice</v>
       </c>
       <c r="E7" s="6" t="str">
         <v>Drexel</v>
       </c>
       <c r="F7" s="7">
         <v>41</v>
       </c>
       <c r="G7" s="6" t="str">
         <v>Alta</v>
       </c>
       <c r="H7" s="6" t="str">
         <v>WY</v>
       </c>
     </row>
     <row r="8" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B8" s="6" t="s">
@@ -2487,230 +2771,109 @@
     </row>
     <row r="13" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="6" t="str" cm="1">
         <f t="array" ref="D13:H13">TRANSPOSE(_xlfn.FILTERXML("&lt;x&gt;&lt;y&gt;"&amp;SUBSTITUTE(B13,",","&lt;/y&gt;&lt;y&gt;")&amp;"&lt;/y&gt;&lt;/x&gt;","//y"))</f>
         <v>Yuki</v>
       </c>
       <c r="E13" s="6" t="str">
         <v>Nomura</v>
       </c>
       <c r="F13" s="7">
         <v>35</v>
       </c>
       <c r="G13" s="6" t="str">
         <v>Boise</v>
       </c>
       <c r="H13" s="6" t="str">
         <v>ID</v>
       </c>
       <c r="K13" s="8" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="14" spans="2:11" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="6" t="str" cm="1">
         <f t="array" ref="D14:H14">TRANSPOSE(_xlfn.FILTERXML("&lt;x&gt;&lt;y&gt;"&amp;SUBSTITUTE(B14,",","&lt;/y&gt;&lt;y&gt;")&amp;"&lt;/y&gt;&lt;/x&gt;","//y"))</f>
         <v>Kelly</v>
       </c>
       <c r="E14" s="6" t="str">
         <v>Grady</v>
       </c>
       <c r="F14" s="7">
         <v>29</v>
       </c>
       <c r="G14" s="6" t="str">
         <v>El Paso</v>
       </c>
       <c r="H14" s="6" t="str">
         <v>TX</v>
       </c>
-      <c r="K14" s="2" t="s">
-        <v>21</v>
+      <c r="K14" s="8" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="6" t="str" cm="1">
         <f t="array" ref="D15:H15">TRANSPOSE(_xlfn.FILTERXML("&lt;x&gt;&lt;y&gt;"&amp;SUBSTITUTE(B15,",","&lt;/y&gt;&lt;y&gt;")&amp;"&lt;/y&gt;&lt;/x&gt;","//y"))</f>
         <v>Walter</v>
       </c>
       <c r="E15" s="6" t="str">
         <v>Brown</v>
       </c>
       <c r="F15" s="7">
         <v>55</v>
       </c>
       <c r="G15" s="6" t="str">
         <v>Santa Fe</v>
       </c>
       <c r="H15" s="6" t="str">
         <v>NM</v>
       </c>
-      <c r="K15" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K15" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="16" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="K16"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="K6" r:id="rId1" xr:uid="{04D8F9D9-C005-4DAA-B3C1-C7EC929C3553}"/>
-[...128 lines deleted...]
-    <hyperlink ref="K14" location="'Sheet5'!$D$5" display="Split comma-separated text to multiple columns (legacy formula)" xr:uid="{35C4752B-66DC-4EC1-9B00-14990CA02956}"/>
+    <hyperlink ref="K6" r:id="rId1" xr:uid="{D6E7D324-3B43-47CD-A531-52C0D9781A40}"/>
+    <hyperlink ref="K10" location="'Sheet1'!$D$5" display="Split comma-separated text to multiple columns" xr:uid="{75352410-0235-4CF4-A143-F42CF43F7834}"/>
+    <hyperlink ref="K11" location="'Sheet2'!$D$5" display="Split comma-separated text to multiple columns (dynamic range)" xr:uid="{FA152192-B7D5-4DB9-97BB-6A0B4F289478}"/>
+    <hyperlink ref="K12" location="'Sheet3'!$D$5" display="Split comma-separated text to multiple columns (single row)" xr:uid="{46A689CD-59B7-4DD6-84D4-4ABFABBA7893}"/>
+    <hyperlink ref="K13" location="'Sheet4'!$D$5" display="Split comma-separated text to multiple columns (choose columns)" xr:uid="{68897F54-78B5-47C3-BC87-1D2EAA1270AE}"/>
+    <hyperlink ref="K14" location="'Sheet5'!$D$5" display="Split comma-separated text to multiple columns (TEXTJOIN + TEXTSPLIT)" xr:uid="{5C08A79E-8971-459D-9C06-5DC6105F4A85}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>